--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7772c6d627ac4b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca057e0dda7c43d2849d3650f5ac502f.psmdcp" Id="Rd5b62f736a18404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9677eee0519452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9313ed48d57a4fb2a635cd75977848a3.psmdcp" Id="Re4c4d21be3af43f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>לוזון קב   אג ט</x:t>
   </x:si>