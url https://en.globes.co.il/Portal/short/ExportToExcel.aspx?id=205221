--- v1 (2026-02-07)
+++ v2 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9677eee0519452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9313ed48d57a4fb2a635cd75977848a3.psmdcp" Id="Re4c4d21be3af43f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f23100cb9024b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ba3f2edd7d24647a508ba6dcc4f7b7a.psmdcp" Id="R0bf4ddae06f54977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>לוזון קב   אג ט</x:t>
   </x:si>